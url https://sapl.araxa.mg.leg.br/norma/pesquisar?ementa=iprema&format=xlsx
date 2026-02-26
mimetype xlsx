--- v0 (2025-10-01)
+++ v1 (2026-02-26)
@@ -222,51 +222,51 @@
   <si>
     <t>https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2017/8014/8014_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA ABERTURA DE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO INSTITUTO DE PREVIDÊNCIA MUNICIPAL DE ARAXÁ &amp;#8211; IPREMA &amp;#8211; CRÉDITO PARA CONSTRUÇÃO DA SEDE PRÓPRIA DO IPREMA. </t>
   </si>
   <si>
     <t>7983</t>
   </si>
   <si>
     <t>7184</t>
   </si>
   <si>
     <t>https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2017/7983/7983_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS NA LEI 7.090 DE 15 DE JULHO DE 2016 QUE REESTRUTURA O IPREMA - INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE ARAXÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7982</t>
   </si>
   <si>
     <t>7183</t>
   </si>
   <si>
-    <t>https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2017/7982/7982_texto_integral.doc</t>
+    <t>https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2017/7982/lei_no_7.183_-_ok.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ORGÂNICA DO IPREMA - INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE ARAXÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7884</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>7090</t>
   </si>
   <si>
     <t>https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2016/7884/lei_n.o_7090_-_de_15.07.2016_-_reestruturacao_do_iprema_ok.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DO INSTITUTO DE PREVIDÊNCIA MUNICIPAL DE ARAXÁ - IPREMA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7840</t>
   </si>
   <si>
     <t>7042</t>
   </si>
@@ -831,51 +831,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2025/9252/lei_no_8.315.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2022/8825/lei_no_7.929.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2021/8550/lei_no_7.670.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2021/8458/lei_n.o_7.582_-_29.07.2021_-_altera_dispositivos_da_lei_n._7.090_de_15.07.2016_-_que_dispoe_sobre_a_reestruturacao_do_iprema_-_aumento_da_aliquota_previdenciaria.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2021/8367/lei_no_7.492.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2021/8332/lei_no_7.478.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2018/8159/lei_7.313.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2018/8066/8066_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2017/8012/8012_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2017/8014/8014_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2017/7983/7983_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2017/7982/7982_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2016/7884/lei_n.o_7090_-_de_15.07.2016_-_reestruturacao_do_iprema_ok.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2016/7840/7840_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2015/7635/7635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2014/7397/7397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2011/6662/6662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2010/6532/6532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2007/1726/1726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2006/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2001/1628/1628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2004/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/1998/2920/2920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/1996/3181/3181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/1994/3419/3419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/1992/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/1992/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/1992/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/1992/1112/1112_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2025/9252/lei_no_8.315.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2022/8825/lei_no_7.929.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2021/8550/lei_no_7.670.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2021/8458/lei_n.o_7.582_-_29.07.2021_-_altera_dispositivos_da_lei_n._7.090_de_15.07.2016_-_que_dispoe_sobre_a_reestruturacao_do_iprema_-_aumento_da_aliquota_previdenciaria.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2021/8367/lei_no_7.492.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2021/8332/lei_no_7.478.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2018/8159/lei_7.313.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2018/8066/8066_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2017/8012/8012_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2017/8014/8014_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2017/7983/7983_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2017/7982/lei_no_7.183_-_ok.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/sapl/public/normajuridica/2016/7884/lei_n.o_7090_-_de_15.07.2016_-_reestruturacao_do_iprema_ok.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2016/7840/7840_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2015/7635/7635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2014/7397/7397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2011/6662/6662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2010/6532/6532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2007/1726/1726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2006/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2001/1628/1628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/2004/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/1998/2920/2920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/1996/3181/3181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/1994/3419/3419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/1992/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/1992/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/1992/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.araxa.mg.leg.br/media/./sapl/public/normajuridica/1992/1112/1112_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="223" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>